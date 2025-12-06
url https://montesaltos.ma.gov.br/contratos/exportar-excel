--- v0 (2025-11-04)
+++ v1 (2025-12-06)
@@ -2638,51 +2638,51 @@
   <si>
     <t>001007.1/2023</t>
   </si>
   <si>
     <t>10/03/2023
 66.587,50</t>
   </si>
   <si>
     <t>010007.1/2023</t>
   </si>
   <si>
     <t>28/08/2023
 23.971,50</t>
   </si>
   <si>
     <t>28/08/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>009007.1/2023</t>
   </si>
   <si>
     <t>28/08/2023
 64.617,11</t>
   </si>
   <si>
-    <t>001202400212042024/2024</t>
+    <t>120240021204/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO E DESENVOLVIMENTO HUMANO
 Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>04/12/2024
 1.172.231,74</t>
   </si>
   <si>
     <t>04/12/2024 a 04/03/2025</t>
   </si>
   <si>
     <t>008007.1/2023</t>
   </si>
   <si>
     <t>28/08/2023
 114.879,00</t>
   </si>
   <si>
     <t>007007.1/2023</t>
   </si>
   <si>
     <t>28/08/2023
 123.485,25</t>