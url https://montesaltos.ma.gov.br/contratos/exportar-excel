--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1259">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>001-010.4/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE INFRAESTRUTURA, SERVIÇOS PÚBLICOS E TRANSPORTE
 Registro de preço para eventual aquisição de mater...</t>
   </si>
@@ -2466,50 +2466,81 @@
 38.981,25</t>
   </si>
   <si>
     <t>002 008.2/2023</t>
   </si>
   <si>
     <t>21/03/2023
 28.522,75</t>
   </si>
   <si>
     <t>21/03/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>002 008.1/2023</t>
   </si>
   <si>
     <t>23/06/2023
 237.004,25</t>
   </si>
   <si>
     <t>001 008.1/2023</t>
   </si>
   <si>
     <t>21/03/2023
 231.021,75</t>
+  </si>
+  <si>
+    <t>003002.2/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO, PLANEJAMENTO E FINANÇAS
+Registro de Preço para eventual e futura prestação...</t>
+  </si>
+  <si>
+    <t>25/11/2025
+15.468,00</t>
+  </si>
+  <si>
+    <t>25/11/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>002002.2/2025</t>
+  </si>
+  <si>
+    <t>20/05/2025
+52.759,00</t>
+  </si>
+  <si>
+    <t>20/05/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>002002.3/2025</t>
+  </si>
+  <si>
+    <t>20/05/2025
+123.800,00</t>
   </si>
   <si>
     <t>004004.1/2023</t>
   </si>
   <si>
     <t>31/12/2023
 888.969,00</t>
   </si>
   <si>
     <t>08/02/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>003004.1/2023</t>
   </si>
   <si>
     <t>08/02/2023
 297.722,00</t>
   </si>
   <si>
     <t>010007.2/2023</t>
   </si>
   <si>
     <t>25/09/2023
 14.703,00</t>
   </si>
@@ -4866,54 +4897,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F424"/>
+  <dimension ref="A1:F427"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E424" sqref="E424"/>
+      <selection activeCell="E427" sqref="E427"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -8842,4554 +8873,4614 @@
       </c>
       <c r="B198" t="s">
         <v>679</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>680</v>
       </c>
       <c r="F198" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
         <v>226</v>
       </c>
       <c r="B199" t="s">
         <v>681</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>376</v>
+        <v>682</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>372</v>
+        <v>92</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F199" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B200" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>371</v>
+        <v>682</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>372</v>
+        <v>92</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="F200" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B201" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>356</v>
+        <v>682</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>346</v>
+        <v>96</v>
       </c>
       <c r="E201" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="F201" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B202" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>690</v>
+        <v>376</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>129</v>
+        <v>372</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>691</v>
       </c>
       <c r="F202" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B203" t="s">
         <v>693</v>
       </c>
       <c r="C203" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E203" s="1" t="s">
         <v>694</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
       <c r="F203" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B204" t="s">
         <v>695</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>696</v>
       </c>
       <c r="F204" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B205" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>350</v>
+        <v>699</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>346</v>
+        <v>129</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="F205" t="s">
-        <v>688</v>
+        <v>701</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B206" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>345</v>
+        <v>703</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>346</v>
+        <v>129</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>700</v>
       </c>
       <c r="F206" t="s">
-        <v>688</v>
+        <v>701</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B207" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="F207" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B208" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>187</v>
+        <v>346</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="F208" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B209" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>707</v>
+        <v>345</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>708</v>
+        <v>346</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>709</v>
       </c>
       <c r="F209" t="s">
-        <v>184</v>
+        <v>697</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B210" t="s">
         <v>710</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>187</v>
+        <v>346</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>711</v>
       </c>
       <c r="F210" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B211" t="s">
         <v>712</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>713</v>
       </c>
       <c r="F211" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B212" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>356</v>
+        <v>716</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>187</v>
+        <v>717</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="F212" t="s">
-        <v>716</v>
+        <v>184</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B213" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="F213" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B214" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="F214" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B215" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F215" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="F216" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B217" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="F217" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B218" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="F218" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B219" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>731</v>
+        <v>358</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>256</v>
+        <v>187</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="F219" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B220" t="s">
         <v>734</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>735</v>
       </c>
       <c r="F220" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B221" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F221" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B222" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>358</v>
+        <v>740</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>187</v>
+        <v>256</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="F222" t="s">
-        <v>727</v>
+        <v>742</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B223" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>346</v>
+        <v>187</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="F223" t="s">
-        <v>716</v>
+        <v>736</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B224" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>346</v>
+        <v>187</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F224" t="s">
-        <v>716</v>
+        <v>736</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B225" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>346</v>
+        <v>187</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="F225" t="s">
-        <v>716</v>
+        <v>736</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B226" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="F226" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B227" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>749</v>
+        <v>353</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>372</v>
+        <v>346</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="F227" t="s">
-        <v>683</v>
+        <v>725</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B228" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>451</v>
+        <v>350</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>452</v>
+        <v>346</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="F228" t="s">
-        <v>753</v>
+        <v>725</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B229" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>755</v>
+        <v>345</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>372</v>
+        <v>346</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>756</v>
       </c>
       <c r="F229" t="s">
-        <v>683</v>
+        <v>725</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B230" t="s">
         <v>757</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>758</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>759</v>
       </c>
       <c r="F230" t="s">
-        <v>760</v>
+        <v>692</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B231" t="s">
+        <v>760</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="E231" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="F231" t="s">
         <v>762</v>
-      </c>
-[...7 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B232" t="s">
+        <v>763</v>
+      </c>
+      <c r="C232" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E232" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F232" t="s">
-        <v>767</v>
+        <v>692</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B233" t="s">
+        <v>766</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="E233" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="F233" t="s">
         <v>769</v>
-      </c>
-[...7 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B234" t="s">
+        <v>770</v>
+      </c>
+      <c r="C234" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="E234" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F234" t="s">
-        <v>506</v>
+        <v>769</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B235" t="s">
         <v>773</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>774</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>508</v>
+        <v>775</v>
       </c>
       <c r="F235" t="s">
-        <v>506</v>
+        <v>776</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B236" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>157</v>
+        <v>778</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>332</v>
+        <v>779</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="F236" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B237" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>778</v>
+        <v>505</v>
       </c>
       <c r="F237" t="s">
-        <v>779</v>
+        <v>506</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B238" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>482</v>
+        <v>332</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>483</v>
+        <v>508</v>
       </c>
       <c r="F238" t="s">
-        <v>484</v>
+        <v>506</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B239" t="s">
-        <v>303</v>
+        <v>784</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>605</v>
+        <v>157</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>606</v>
+        <v>332</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>781</v>
+        <v>510</v>
       </c>
       <c r="F239" t="s">
-        <v>136</v>
+        <v>506</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B240" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>482</v>
+        <v>332</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>486</v>
+        <v>787</v>
       </c>
       <c r="F240" t="s">
-        <v>484</v>
+        <v>788</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B241" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>157</v>
+        <v>781</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>482</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="F241" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B242" t="s">
-        <v>784</v>
+        <v>303</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>777</v>
+        <v>605</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>482</v>
+        <v>606</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>491</v>
+        <v>790</v>
       </c>
       <c r="F242" t="s">
-        <v>484</v>
+        <v>136</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B243" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>787</v>
+        <v>482</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>592</v>
+        <v>486</v>
       </c>
       <c r="F243" t="s">
-        <v>593</v>
+        <v>484</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B244" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>789</v>
+        <v>157</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>617</v>
+        <v>482</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>618</v>
+        <v>489</v>
       </c>
       <c r="F244" t="s">
-        <v>619</v>
+        <v>484</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B245" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>42</v>
+        <v>786</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>309</v>
+        <v>482</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>622</v>
+        <v>491</v>
       </c>
       <c r="F245" t="s">
-        <v>623</v>
+        <v>484</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B246" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>314</v>
+        <v>796</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>793</v>
+        <v>592</v>
       </c>
       <c r="F246" t="s">
-        <v>794</v>
+        <v>593</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B247" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>314</v>
+        <v>617</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>797</v>
+        <v>618</v>
       </c>
       <c r="F247" t="s">
-        <v>794</v>
+        <v>619</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B248" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>793</v>
+        <v>622</v>
       </c>
       <c r="F248" t="s">
-        <v>794</v>
+        <v>623</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B249" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F249" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B250" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>792</v>
+        <v>805</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E250" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="F250" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B251" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="F251" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B252" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>796</v>
+        <v>809</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E252" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="F252" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B253" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>42</v>
+        <v>801</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E253" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="F253" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B254" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>800</v>
+        <v>166</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>314</v>
+        <v>293</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="F254" t="s">
-        <v>794</v>
+        <v>815</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B255" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>42</v>
+        <v>805</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>812</v>
       </c>
       <c r="F255" t="s">
-        <v>515</v>
+        <v>803</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B256" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="F256" t="s">
-        <v>515</v>
+        <v>803</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B257" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>796</v>
+        <v>809</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="F257" t="s">
-        <v>515</v>
+        <v>803</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B258" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>796</v>
+        <v>42</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="F258" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B259" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>792</v>
+        <v>42</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="F259" t="s">
-        <v>821</v>
+        <v>515</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B260" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="F260" t="s">
-        <v>821</v>
+        <v>515</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B261" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>42</v>
+        <v>805</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="F261" t="s">
-        <v>821</v>
+        <v>515</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B262" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>826</v>
+        <v>801</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>827</v>
+        <v>643</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="F262" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B263" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>831</v>
+        <v>805</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>827</v>
+        <v>643</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>832</v>
       </c>
       <c r="F263" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
         <v>169</v>
       </c>
       <c r="B264" t="s">
         <v>833</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>834</v>
+        <v>42</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>314</v>
+        <v>643</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>835</v>
+        <v>829</v>
       </c>
       <c r="F264" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B265" t="s">
+        <v>834</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D265" s="1" t="s">
         <v>836</v>
-      </c>
-[...4 lines deleted...]
-        <v>643</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>837</v>
       </c>
       <c r="F265" t="s">
-        <v>821</v>
+        <v>838</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B266" t="s">
+        <v>839</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="E266" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="F266" t="s">
         <v>838</v>
-      </c>
-[...10 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B267" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>796</v>
+        <v>843</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="F267" t="s">
-        <v>821</v>
+        <v>838</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B268" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>42</v>
+        <v>809</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="F268" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B269" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="F269" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B270" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>847</v>
+        <v>805</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>346</v>
+        <v>643</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>687</v>
+        <v>850</v>
       </c>
       <c r="F270" t="s">
-        <v>688</v>
+        <v>830</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B271" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>849</v>
+        <v>42</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>346</v>
+        <v>643</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>696</v>
+        <v>852</v>
       </c>
       <c r="F271" t="s">
-        <v>688</v>
+        <v>830</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B272" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>851</v>
+        <v>809</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>346</v>
+        <v>643</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>698</v>
+        <v>854</v>
       </c>
       <c r="F272" t="s">
-        <v>688</v>
+        <v>830</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B273" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="F273" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B274" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="F274" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B275" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>847</v>
+        <v>860</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>741</v>
+        <v>707</v>
       </c>
       <c r="F275" t="s">
-        <v>716</v>
+        <v>697</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B276" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>859</v>
+        <v>709</v>
       </c>
       <c r="F276" t="s">
-        <v>716</v>
+        <v>697</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B277" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>745</v>
+        <v>711</v>
       </c>
       <c r="F277" t="s">
-        <v>716</v>
+        <v>697</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B278" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>863</v>
+        <v>856</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="F278" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B279" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="F279" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B280" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>187</v>
+        <v>346</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>704</v>
+        <v>754</v>
       </c>
       <c r="F280" t="s">
-        <v>705</v>
+        <v>725</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B281" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>187</v>
+        <v>346</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>711</v>
+        <v>756</v>
       </c>
       <c r="F281" t="s">
-        <v>705</v>
+        <v>725</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B282" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>187</v>
+        <v>346</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>713</v>
+        <v>868</v>
       </c>
       <c r="F282" t="s">
-        <v>705</v>
+        <v>725</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B283" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>872</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>726</v>
+        <v>713</v>
       </c>
       <c r="F283" t="s">
-        <v>873</v>
+        <v>714</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B284" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="F284" t="s">
-        <v>873</v>
+        <v>714</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B285" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>878</v>
+        <v>722</v>
       </c>
       <c r="F285" t="s">
-        <v>873</v>
+        <v>714</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B286" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="F286" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B287" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="F287" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B288" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>715</v>
+        <v>887</v>
       </c>
       <c r="F288" t="s">
-        <v>716</v>
+        <v>882</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B289" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>868</v>
+        <v>889</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="F289" t="s">
-        <v>716</v>
+        <v>882</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B290" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>861</v>
+        <v>891</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>720</v>
+        <v>748</v>
       </c>
       <c r="F290" t="s">
-        <v>716</v>
+        <v>882</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B291" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F291" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B292" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>865</v>
+        <v>877</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="F292" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B293" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>891</v>
+        <v>870</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>314</v>
+        <v>187</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>628</v>
+        <v>729</v>
       </c>
       <c r="F293" t="s">
-        <v>629</v>
+        <v>725</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B294" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>314</v>
+        <v>187</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>894</v>
+        <v>731</v>
       </c>
       <c r="F294" t="s">
-        <v>629</v>
+        <v>725</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B295" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>896</v>
+        <v>874</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>314</v>
+        <v>187</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>638</v>
+        <v>733</v>
       </c>
       <c r="F295" t="s">
-        <v>629</v>
+        <v>725</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B296" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>899</v>
+        <v>628</v>
       </c>
       <c r="F296" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B297" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="F297" t="s">
-        <v>515</v>
+        <v>629</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B298" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="F298" t="s">
-        <v>515</v>
+        <v>629</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B299" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>896</v>
+        <v>907</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>648</v>
+        <v>908</v>
       </c>
       <c r="F299" t="s">
-        <v>515</v>
+        <v>629</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B300" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>650</v>
+        <v>910</v>
       </c>
       <c r="F300" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B301" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="F301" t="s">
-        <v>629</v>
+        <v>515</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B302" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>659</v>
+        <v>648</v>
       </c>
       <c r="F302" t="s">
-        <v>629</v>
+        <v>515</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B303" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>898</v>
+        <v>914</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="F303" t="s">
-        <v>629</v>
+        <v>515</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B304" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>898</v>
+        <v>916</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>912</v>
+        <v>652</v>
       </c>
       <c r="F304" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B305" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>915</v>
+        <v>643</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>675</v>
+        <v>659</v>
       </c>
       <c r="F305" t="s">
-        <v>676</v>
+        <v>629</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B306" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>917</v>
+        <v>907</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>915</v>
+        <v>643</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>673</v>
+        <v>664</v>
       </c>
       <c r="F306" t="s">
-        <v>499</v>
+        <v>629</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B307" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>919</v>
+        <v>907</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>643</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="F307" t="s">
-        <v>676</v>
+        <v>629</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B308" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>643</v>
+        <v>924</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="F308" t="s">
-        <v>515</v>
+        <v>676</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B309" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>924</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>756</v>
+        <v>673</v>
       </c>
       <c r="F309" t="s">
-        <v>683</v>
+        <v>499</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B310" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>924</v>
+        <v>643</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>750</v>
+        <v>929</v>
       </c>
       <c r="F310" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B311" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>928</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>924</v>
+        <v>643</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="F311" t="s">
-        <v>683</v>
+        <v>515</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B312" t="s">
-        <v>112</v>
+        <v>931</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>516</v>
+        <v>932</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>518</v>
+        <v>933</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>929</v>
+        <v>765</v>
       </c>
       <c r="F312" t="s">
-        <v>40</v>
+        <v>692</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B313" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>932</v>
+        <v>759</v>
       </c>
       <c r="F313" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B314" t="s">
-        <v>112</v>
+        <v>936</v>
       </c>
       <c r="C314" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D314" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E314" s="1" t="s">
-        <v>935</v>
+        <v>694</v>
       </c>
       <c r="F314" t="s">
-        <v>936</v>
+        <v>692</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="B315" t="s">
-        <v>937</v>
+        <v>112</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>590</v>
+        <v>516</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>591</v>
+        <v>518</v>
       </c>
       <c r="E315" s="1" t="s">
         <v>938</v>
       </c>
       <c r="F315" t="s">
-        <v>939</v>
+        <v>40</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="B316" t="s">
+        <v>939</v>
+      </c>
+      <c r="C316" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="D316" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="E316" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F316" t="s">
-        <v>944</v>
+        <v>692</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B317" t="s">
+        <v>112</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="F317" t="s">
         <v>945</v>
-      </c>
-[...10 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B318" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>951</v>
+        <v>590</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>389</v>
+        <v>591</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="F318" t="s">
-        <v>391</v>
+        <v>948</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B319" t="s">
+        <v>949</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="E319" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="F319" t="s">
         <v>953</v>
-      </c>
-[...10 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B320" t="s">
+        <v>954</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D320" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="E320" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="1" t="s">
+      <c r="F320" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B321" t="s">
         <v>959</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>961</v>
       </c>
       <c r="F321" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B322" t="s">
         <v>962</v>
       </c>
       <c r="C322" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="E322" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="D322" s="1" t="s">
+      <c r="F322" t="s">
         <v>964</v>
-      </c>
-[...4 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B323" t="s">
+        <v>965</v>
+      </c>
+      <c r="C323" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="C323" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="E323" s="1" t="s">
         <v>967</v>
-      </c>
-[...4 lines deleted...]
-        <v>952</v>
       </c>
       <c r="F323" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B324" t="s">
         <v>968</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>969</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>970</v>
       </c>
       <c r="F324" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B325" t="s">
         <v>971</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>972</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>973</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>974</v>
       </c>
       <c r="F325" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B326" t="s">
         <v>975</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>973</v>
+        <v>405</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>977</v>
+        <v>961</v>
       </c>
       <c r="F326" t="s">
-        <v>978</v>
+        <v>391</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B327" t="s">
+        <v>977</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E327" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="C327" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F327" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B328" t="s">
+        <v>980</v>
+      </c>
+      <c r="C328" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="C328" s="1" t="s">
+      <c r="D328" s="1" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>983</v>
       </c>
       <c r="F328" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B329" t="s">
         <v>984</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>985</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>420</v>
+        <v>982</v>
       </c>
       <c r="E329" s="1" t="s">
         <v>986</v>
       </c>
       <c r="F329" t="s">
-        <v>422</v>
+        <v>987</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B330" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>989</v>
+        <v>982</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>990</v>
+        <v>418</v>
       </c>
       <c r="F330" t="s">
-        <v>991</v>
+        <v>413</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B331" t="s">
+        <v>990</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="E331" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="C331" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F331" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B332" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>998</v>
+        <v>420</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>426</v>
+        <v>995</v>
       </c>
       <c r="F332" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B333" t="s">
+        <v>996</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="E333" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="C333" s="1" t="s">
+      <c r="F333" t="s">
         <v>1000</v>
-      </c>
-[...7 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B334" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E334" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="C334" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F334" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B335" t="s">
-        <v>979</v>
+        <v>1005</v>
       </c>
       <c r="C335" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D335" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="D335" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E335" s="1" t="s">
-        <v>449</v>
+        <v>426</v>
       </c>
       <c r="F335" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B336" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C336" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="C336" s="1" t="s">
+      <c r="D336" s="1" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="F336" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B337" t="s">
         <v>1013</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>394</v>
+        <v>525</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="F337" t="s">
-        <v>1012</v>
+        <v>422</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B338" t="s">
-        <v>971</v>
+        <v>988</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>1018</v>
+        <v>449</v>
       </c>
       <c r="F338" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B339" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C339" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="C339" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D339" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E339" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="E339" s="1" t="s">
+      <c r="F339" t="s">
         <v>1021</v>
-      </c>
-[...1 lines deleted...]
-        <v>1022</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B340" t="s">
-        <v>975</v>
+        <v>1022</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D340" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="E340" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="E340" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F340" t="s">
-        <v>1025</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B341" t="s">
+        <v>980</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D341" s="1" t="s">
         <v>1026</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E341" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="F341" t="s">
-        <v>527</v>
+        <v>422</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B342" t="s">
         <v>1028</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>138</v>
+        <v>393</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>124</v>
+        <v>1029</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F342" t="s">
-        <v>527</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B343" t="s">
-        <v>1030</v>
+        <v>984</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>1033</v>
+        <v>443</v>
       </c>
       <c r="F343" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B344" t="s">
         <v>1035</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>933</v>
+        <v>133</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>934</v>
+        <v>124</v>
       </c>
       <c r="E344" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="F344" t="s">
-        <v>1037</v>
+        <v>527</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B345" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E345" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="C345" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F345" t="s">
-        <v>1042</v>
+        <v>527</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B346" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F346" t="s">
         <v>1043</v>
-      </c>
-[...10 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B347" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="E347" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="F347" t="s">
         <v>1046</v>
-      </c>
-[...7 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B348" t="s">
         <v>1047</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="F348" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B349" t="s">
-        <v>538</v>
+        <v>1052</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>223</v>
+        <v>1053</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>224</v>
+        <v>1049</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F349" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B350" t="s">
-        <v>463</v>
+        <v>1054</v>
       </c>
       <c r="C350" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F350" t="s">
         <v>1051</v>
-      </c>
-[...7 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B351" t="s">
-        <v>463</v>
+        <v>1056</v>
       </c>
       <c r="C351" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F351" t="s">
         <v>1051</v>
-      </c>
-[...4 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B352" t="s">
-        <v>1055</v>
+        <v>538</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1056</v>
+        <v>223</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1057</v>
+        <v>224</v>
       </c>
       <c r="E352" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="F352" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B353" t="s">
         <v>463</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="F353" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B354" t="s">
         <v>463</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="E354" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F354" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B355" t="s">
-        <v>504</v>
+        <v>1064</v>
       </c>
       <c r="C355" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E355" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="1" t="s">
+      <c r="F355" t="s">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B356" t="s">
         <v>463</v>
       </c>
       <c r="C356" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D356" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="D356" s="1" t="s">
+      <c r="E356" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="E356" s="1" t="s">
+      <c r="F356" t="s">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B357" t="s">
         <v>463</v>
       </c>
       <c r="C357" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D357" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="D357" s="1" t="s">
-        <v>1061</v>
+      <c r="E357" s="1" t="s">
+        <v>1074</v>
       </c>
       <c r="F357" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B358" t="s">
-        <v>1073</v>
+        <v>504</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="F358" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B359" t="s">
         <v>463</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>376</v>
+        <v>1079</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>206</v>
+        <v>1080</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="F359" t="s">
         <v>1078</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B360" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>376</v>
+        <v>1079</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>1079</v>
+        <v>1070</v>
       </c>
       <c r="F360" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B361" t="s">
-        <v>474</v>
+        <v>1082</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>241</v>
+        <v>1083</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="F361" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B362" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>241</v>
+        <v>376</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1084</v>
+        <v>206</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="F362" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B363" t="s">
         <v>474</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>241</v>
+        <v>376</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1086</v>
+        <v>206</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="F363" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B364" t="s">
         <v>474</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="F364" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B365" t="s">
         <v>474</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="E365" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F365" t="s">
         <v>1092</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B366" t="s">
         <v>474</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="F366" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B367" t="s">
         <v>474</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="F367" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B368" t="s">
-        <v>1097</v>
+        <v>474</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1098</v>
+        <v>244</v>
       </c>
       <c r="D368" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E368" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F368" t="s">
         <v>1099</v>
-      </c>
-[...4 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B369" t="s">
         <v>474</v>
       </c>
       <c r="C369" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D369" s="1" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E369" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="F369" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B370" t="s">
         <v>474</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>353</v>
+        <v>244</v>
       </c>
       <c r="D370" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E370" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="E370" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F370" t="s">
-        <v>1107</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B371" t="s">
-        <v>474</v>
+        <v>1106</v>
       </c>
       <c r="C371" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D371" s="1" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="F371" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B372" t="s">
         <v>474</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="D372" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="E372" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="E372" s="1" t="s">
+      <c r="F372" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1110</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B373" t="s">
         <v>474</v>
       </c>
       <c r="C373" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D373" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="D373" s="1" t="s">
+      <c r="E373" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="E373" s="1" t="s">
+      <c r="F373" t="s">
         <v>1116</v>
-      </c>
-[...1 lines deleted...]
-        <v>1117</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B374" t="s">
         <v>474</v>
       </c>
       <c r="C374" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E374" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="D374" s="1" t="s">
+      <c r="F374" t="s">
         <v>1119</v>
-      </c>
-[...4 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B375" t="s">
         <v>474</v>
       </c>
       <c r="C375" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E375" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F375" t="s">
-        <v>1125</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B376" t="s">
+        <v>474</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F376" t="s">
         <v>1126</v>
-      </c>
-[...10 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B377" t="s">
+        <v>474</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E377" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="C377" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E377" s="1" t="s">
+      <c r="F377" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B378" t="s">
         <v>474</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>124</v>
+        <v>1132</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="F378" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B379" t="s">
-        <v>474</v>
+        <v>1135</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1133</v>
+        <v>138</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="F379" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B380" t="s">
-        <v>474</v>
+        <v>1138</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1135</v>
+        <v>133</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="F380" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B381" t="s">
+        <v>474</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F381" t="s">
         <v>1137</v>
-      </c>
-[...10 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B382" t="s">
+        <v>474</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F382" t="s">
         <v>1137</v>
-      </c>
-[...10 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B383" t="s">
         <v>474</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>398</v>
+        <v>124</v>
       </c>
       <c r="E383" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="F383" t="s">
-        <v>1146</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B384" t="s">
-        <v>474</v>
+        <v>1146</v>
       </c>
       <c r="C384" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E384" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="1" t="s">
+      <c r="F384" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B385" t="s">
-        <v>474</v>
+        <v>1146</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>407</v>
+        <v>1150</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="F385" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B386" t="s">
         <v>474</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>332</v>
+        <v>398</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="F386" t="s">
-        <v>1139</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B387" t="s">
         <v>474</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>332</v>
+        <v>394</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="F387" t="s">
-        <v>1139</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B388" t="s">
-        <v>1154</v>
+        <v>474</v>
       </c>
       <c r="C388" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F388" t="s">
         <v>1155</v>
-      </c>
-[...7 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B389" t="s">
-        <v>1158</v>
+        <v>474</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="D389" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E389" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="E389" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F389" t="s">
-        <v>1128</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B390" t="s">
+        <v>474</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E390" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="C390" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F390" t="s">
-        <v>1128</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B391" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D391" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="E391" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F391" t="s">
-        <v>1128</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B392" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C392" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="C392" s="1" t="s">
+      <c r="D392" s="1" t="s">
         <v>1169</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="F392" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B393" t="s">
         <v>1171</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="E393" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="F393" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B394" t="s">
         <v>1174</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1159</v>
+        <v>1175</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="F394" t="s">
-        <v>1176</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B395" t="s">
         <v>1177</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1163</v>
+        <v>1178</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="F395" t="s">
-        <v>1176</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B396" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1166</v>
+        <v>1181</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="F396" t="s">
-        <v>1176</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B397" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1182</v>
+        <v>1168</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="F397" t="s">
-        <v>1176</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B398" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="E398" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F398" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B399" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1186</v>
+        <v>1175</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>332</v>
+        <v>1169</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>1138</v>
+        <v>1189</v>
       </c>
       <c r="F399" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B400" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>332</v>
+        <v>1169</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>1151</v>
+        <v>1192</v>
       </c>
       <c r="F400" t="s">
-        <v>1139</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B401" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>332</v>
+        <v>1169</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>1153</v>
+        <v>1194</v>
       </c>
       <c r="F401" t="s">
-        <v>1139</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B402" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1190</v>
+        <v>332</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>1191</v>
+        <v>1147</v>
       </c>
       <c r="F402" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B403" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1189</v>
+        <v>1197</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1190</v>
+        <v>332</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>1193</v>
+        <v>1160</v>
       </c>
       <c r="F403" t="s">
-        <v>1192</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B404" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1195</v>
+        <v>332</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>1196</v>
+        <v>1162</v>
       </c>
       <c r="F404" t="s">
-        <v>1197</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B405" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1007</v>
+        <v>1197</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>973</v>
+        <v>1199</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="F405" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B406" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="E406" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F406" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B407" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>525</v>
+        <v>1204</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="F407" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B408" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1194</v>
+        <v>1016</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1205</v>
+        <v>982</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="F408" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B409" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1007</v>
+        <v>1203</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="F409" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B410" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1194</v>
+        <v>1212</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1024</v>
+        <v>525</v>
       </c>
       <c r="E410" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F410" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B411" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1213</v>
+        <v>1203</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="E411" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="F411" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B412" t="s">
-        <v>263</v>
+        <v>1193</v>
       </c>
       <c r="C412" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D412" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="D412" s="1" t="s">
+      <c r="E412" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="E412" s="1" t="s">
+      <c r="F412" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B413" t="s">
-        <v>263</v>
+        <v>1193</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1217</v>
+        <v>1203</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1218</v>
+        <v>1033</v>
       </c>
       <c r="E413" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F413" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414">
         <v>11</v>
       </c>
       <c r="B414" t="s">
-        <v>263</v>
+        <v>1193</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="F414" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415">
         <v>11</v>
       </c>
       <c r="B415" t="s">
         <v>263</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="F415" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B416" t="s">
-        <v>1184</v>
+        <v>263</v>
       </c>
       <c r="C416" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D416" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="D416" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E416" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="F416" t="s">
-        <v>1107</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B417" t="s">
-        <v>1184</v>
+        <v>263</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1230</v>
+        <v>1226</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="E417" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="F417" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B418" t="s">
-        <v>1184</v>
+        <v>263</v>
       </c>
       <c r="C418" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E418" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="D418" s="1" t="s">
+      <c r="F418" t="s">
         <v>1235</v>
-      </c>
-[...4 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B419" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>1124</v>
+        <v>1238</v>
       </c>
       <c r="F419" t="s">
-        <v>1125</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B420" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1214</v>
+        <v>1240</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="F420" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="B421" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1214</v>
+        <v>1244</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>1240</v>
+        <v>1129</v>
       </c>
       <c r="F421" t="s">
-        <v>1241</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B422" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1234</v>
+        <v>1243</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1214</v>
+        <v>1245</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>1240</v>
+        <v>1133</v>
       </c>
       <c r="F422" t="s">
-        <v>1242</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B423" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1243</v>
+        <v>1223</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="F423" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424">
+        <v>5</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="A425">
+        <v>4</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6">
+      <c r="A426">
+        <v>3</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F426" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6">
+      <c r="A427">
         <v>1</v>
       </c>
-      <c r="B424" t="s">
-[...12 lines deleted...]
-        <v>1249</v>
+      <c r="B427" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F427" t="s">
+        <v>1258</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">