--- v2 (2026-02-03)
+++ v3 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1263">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>001-010.4/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE INFRAESTRUTURA, SERVIÇOS PÚBLICOS E TRANSPORTE
 Registro de preço para eventual aquisição de mater...</t>
   </si>
@@ -2212,50 +2212,68 @@
   </si>
   <si>
     <t>ODONTOTEC COMERCIO E SERVICO LTDA
 34.626.067/0001-58</t>
   </si>
   <si>
     <t>28/05/2025
 62.228,00</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO, PLANEJAMENTO E FINANÇAS
 Contratacao para implantacao e licenciamento do si...</t>
   </si>
   <si>
     <t>STARTGOV SOLUCOES EM TECNOLOG1A LTDA
 37.933.858/0001-19</t>
   </si>
   <si>
     <t>24/11/2023
 34.500,00</t>
   </si>
   <si>
     <t>24/11/2023 a 24/11/2024</t>
   </si>
   <si>
+    <t>002014.1/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ESPORTE E TURISMO
+Registro de preços para eventual e futura aquisiçã...</t>
+  </si>
+  <si>
+    <t>DISTRIBUIDORA ABC LTDA
+40.981.143/0001-46</t>
+  </si>
+  <si>
+    <t>02/09/2025
+144.357,80</t>
+  </si>
+  <si>
+    <t>02/09/2025 a 31/12/2025</t>
+  </si>
+  <si>
     <t>06/07/2023
 157.200,00</t>
   </si>
   <si>
     <t>06/07/2023 a 06/07/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE AGRICULTURA, DESENVOLVIMENTO ECONÔMICO E MEIO AMBIENTE
 Contratação de empresa para apresentação artistica...</t>
   </si>
   <si>
     <t>SILVAN SANTOS PROMOCOES LTDA
 50.568.494/0001-83</t>
   </si>
   <si>
     <t>16/05/2023
 70.000,00</t>
   </si>
   <si>
     <t>16/05/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>001 010.1/2023</t>
   </si>
   <si>
@@ -2413,54 +2431,50 @@
     <t>003 005.1/2023</t>
   </si>
   <si>
     <t>08/03/2023
 44.762,60</t>
   </si>
   <si>
     <t>001-006.1/2025</t>
   </si>
   <si>
     <t>14/04/2025
 29.700,00</t>
   </si>
   <si>
     <t>14/04/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>002 005.1/2023</t>
   </si>
   <si>
     <t>08/03/2023
 24.555,51</t>
   </si>
   <si>
     <t>001-004.1/2025</t>
-  </si>
-[...2 lines deleted...]
-40.981.143/0001-46</t>
   </si>
   <si>
     <t>18/06/2025
 253.190,64</t>
   </si>
   <si>
     <t>18/06/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>001 005.1/2023</t>
   </si>
   <si>
     <t>08/03/2023
 16.201.00</t>
   </si>
   <si>
     <t>003 008.2/2023</t>
   </si>
   <si>
     <t>COMERCIO R. G LTDA
 26.157.840/0001-56</t>
   </si>
   <si>
     <t>15/09/2023
 38.981,25</t>
@@ -4897,54 +4911,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F427"/>
+  <dimension ref="A1:F428"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E427" sqref="E427"/>
+      <selection activeCell="E428" sqref="E428"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -8370,5117 +8384,5137 @@
     <row r="173" spans="1:6">
       <c r="A173">
         <v>248</v>
       </c>
       <c r="B173" t="s">
         <v>463</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>606</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>607</v>
       </c>
       <c r="F173" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
         <v>247</v>
       </c>
       <c r="B174" t="s">
-        <v>463</v>
+        <v>609</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>464</v>
+        <v>610</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>465</v>
+        <v>611</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="F174" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B175" t="s">
         <v>463</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>611</v>
+        <v>464</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>612</v>
+        <v>465</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F175" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B176" t="s">
-        <v>615</v>
+        <v>463</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>616</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>617</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>618</v>
       </c>
       <c r="F176" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B177" t="s">
         <v>620</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>309</v>
+        <v>622</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F177" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B178" t="s">
-        <v>112</v>
+        <v>625</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>200</v>
+        <v>626</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>201</v>
+        <v>309</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="F178" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
         <v>242</v>
       </c>
       <c r="B179" t="s">
-        <v>626</v>
+        <v>112</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>627</v>
+        <v>200</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>314</v>
+        <v>201</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F179" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B180" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F180" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B181" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C181" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="F181" t="s">
         <v>634</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
         <v>240</v>
       </c>
       <c r="B182" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>314</v>
+        <v>603</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F182" t="s">
-        <v>629</v>
+        <v>68</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B183" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="F183" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B184" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>627</v>
+        <v>645</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="F184" t="s">
-        <v>515</v>
+        <v>634</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B185" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="F185" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B186" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="F186" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B187" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="F187" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B188" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>627</v>
+        <v>645</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="F188" t="s">
-        <v>629</v>
+        <v>515</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B189" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>654</v>
+        <v>632</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F189" t="s">
-        <v>657</v>
+        <v>634</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
         <v>233</v>
       </c>
       <c r="B190" t="s">
         <v>658</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>631</v>
+        <v>659</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>643</v>
+        <v>660</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="F190" t="s">
-        <v>629</v>
+        <v>662</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B191" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>45</v>
+        <v>636</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>129</v>
+        <v>648</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="F191" t="s">
-        <v>662</v>
+        <v>634</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
         <v>232</v>
       </c>
       <c r="B192" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>637</v>
+        <v>45</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>643</v>
+        <v>129</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="F192" t="s">
-        <v>629</v>
+        <v>667</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B193" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>42</v>
+        <v>642</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>666</v>
+        <v>648</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="F193" t="s">
-        <v>668</v>
+        <v>634</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
         <v>231</v>
       </c>
       <c r="B194" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>640</v>
+        <v>42</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>643</v>
+        <v>611</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F194" t="s">
-        <v>629</v>
+        <v>672</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B195" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>353</v>
+        <v>645</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>672</v>
+        <v>648</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="F195" t="s">
-        <v>499</v>
+        <v>634</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B196" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="F196" t="s">
-        <v>676</v>
+        <v>499</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B197" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>643</v>
+        <v>676</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F197" t="s">
-        <v>515</v>
+        <v>680</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B198" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="F198" t="s">
-        <v>676</v>
+        <v>515</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B199" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>682</v>
+        <v>353</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>92</v>
+        <v>648</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="F199" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
         <v>226</v>
       </c>
       <c r="B200" t="s">
         <v>685</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F200" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
         <v>226</v>
       </c>
       <c r="B201" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="F201" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
         <v>226</v>
       </c>
       <c r="B202" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>376</v>
+        <v>686</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>372</v>
+        <v>96</v>
       </c>
       <c r="E202" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="F202" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B203" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F203" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B204" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>346</v>
+        <v>372</v>
       </c>
       <c r="E204" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="F204" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B205" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>699</v>
+        <v>356</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>129</v>
+        <v>346</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>700</v>
       </c>
       <c r="F205" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
         <v>223</v>
       </c>
       <c r="B206" t="s">
         <v>702</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>129</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="F206" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
         <v>223</v>
       </c>
       <c r="B207" t="s">
+        <v>706</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E207" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="1" t="s">
+      <c r="F207" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B208" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="F208" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B209" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="F209" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B210" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="F210" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B211" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>187</v>
+        <v>346</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="F211" t="s">
-        <v>714</v>
+        <v>701</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B212" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>716</v>
+        <v>345</v>
       </c>
       <c r="D212" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E212" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="E212" s="1" t="s">
+      <c r="F212" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
         <v>218</v>
       </c>
       <c r="B213" t="s">
         <v>719</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>353</v>
+        <v>720</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>187</v>
+        <v>721</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="F213" t="s">
-        <v>714</v>
+        <v>184</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B214" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F214" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B215" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="F215" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B216" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F216" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B217" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E217" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="F217" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B218" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="F218" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B219" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="F219" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B220" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="F220" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B221" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F221" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B222" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="C222" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="F222" t="s">
         <v>740</v>
-      </c>
-[...7 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
         <v>209</v>
       </c>
       <c r="B223" t="s">
         <v>743</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>350</v>
+        <v>744</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>187</v>
+        <v>256</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F223" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B224" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="F224" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B225" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="F225" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B226" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>346</v>
+        <v>187</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="F226" t="s">
-        <v>725</v>
+        <v>740</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B227" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="F227" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B228" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="F228" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B229" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="F229" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B230" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>758</v>
+        <v>345</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>372</v>
+        <v>346</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F230" t="s">
-        <v>692</v>
+        <v>729</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B231" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>451</v>
+        <v>762</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>452</v>
+        <v>372</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="F231" t="s">
-        <v>762</v>
+        <v>696</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B232" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>764</v>
+        <v>451</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>372</v>
+        <v>452</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>765</v>
       </c>
       <c r="F232" t="s">
-        <v>692</v>
+        <v>766</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B233" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="F233" t="s">
-        <v>769</v>
+        <v>696</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B234" t="s">
         <v>770</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>772</v>
       </c>
       <c r="F234" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B235" t="s">
+        <v>774</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="F235" t="s">
         <v>773</v>
-      </c>
-[...10 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B236" t="s">
         <v>777</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>778</v>
       </c>
       <c r="D236" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E236" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="E236" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F236" t="s">
-        <v>503</v>
+        <v>780</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B237" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>332</v>
+        <v>783</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="F237" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B238" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="F238" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B239" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>157</v>
+        <v>787</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="F239" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B240" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>786</v>
+        <v>157</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>787</v>
+        <v>510</v>
       </c>
       <c r="F240" t="s">
-        <v>788</v>
+        <v>506</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B241" t="s">
         <v>789</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>482</v>
+        <v>332</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>483</v>
+        <v>791</v>
       </c>
       <c r="F241" t="s">
-        <v>484</v>
+        <v>792</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B242" t="s">
-        <v>303</v>
+        <v>793</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>605</v>
+        <v>785</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>606</v>
+        <v>482</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>790</v>
+        <v>483</v>
       </c>
       <c r="F242" t="s">
-        <v>136</v>
+        <v>484</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
         <v>189</v>
       </c>
       <c r="B243" t="s">
-        <v>791</v>
+        <v>303</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>783</v>
+        <v>605</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>482</v>
+        <v>606</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>486</v>
+        <v>794</v>
       </c>
       <c r="F243" t="s">
-        <v>484</v>
+        <v>136</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B244" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>157</v>
+        <v>787</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>482</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="F244" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B245" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>786</v>
+        <v>157</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>482</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="F245" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B246" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>796</v>
+        <v>482</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>592</v>
+        <v>491</v>
       </c>
       <c r="F246" t="s">
-        <v>593</v>
+        <v>484</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B247" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>617</v>
+        <v>800</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>618</v>
+        <v>592</v>
       </c>
       <c r="F247" t="s">
-        <v>619</v>
+        <v>593</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B248" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>42</v>
+        <v>802</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>309</v>
+        <v>622</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F248" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B249" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>801</v>
+        <v>42</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>802</v>
+        <v>627</v>
       </c>
       <c r="F249" t="s">
-        <v>803</v>
+        <v>628</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B250" t="s">
         <v>804</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>806</v>
       </c>
       <c r="F250" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B251" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>42</v>
+        <v>809</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="F251" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B252" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>809</v>
+        <v>42</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="F252" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B253" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="F253" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B254" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>166</v>
+        <v>805</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="F254" t="s">
-        <v>815</v>
+        <v>807</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
         <v>178</v>
       </c>
       <c r="B255" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>805</v>
+        <v>166</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>314</v>
+        <v>293</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="F255" t="s">
-        <v>803</v>
+        <v>819</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B256" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>42</v>
+        <v>809</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="F256" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B257" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>809</v>
+        <v>42</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="F257" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B258" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>42</v>
+        <v>813</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="F258" t="s">
-        <v>515</v>
+        <v>807</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B259" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="F259" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B260" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>805</v>
+        <v>42</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="F260" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B261" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="F261" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B262" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="F262" t="s">
-        <v>830</v>
+        <v>515</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B263" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F263" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B264" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>42</v>
+        <v>809</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="F264" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
         <v>169</v>
       </c>
       <c r="B265" t="s">
+        <v>837</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="F265" t="s">
         <v>834</v>
-      </c>
-[...10 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
         <v>169</v>
       </c>
       <c r="B266" t="s">
+        <v>838</v>
+      </c>
+      <c r="C266" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="C266" s="1" t="s">
+      <c r="D266" s="1" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>841</v>
       </c>
       <c r="F266" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
         <v>169</v>
       </c>
       <c r="B267" t="s">
+        <v>843</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="F267" t="s">
         <v>842</v>
-      </c>
-[...10 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B268" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>809</v>
+        <v>847</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="F268" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B269" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="F269" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B270" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="F270" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B271" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>42</v>
+        <v>809</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="F271" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B272" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>809</v>
+        <v>42</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F272" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B273" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>856</v>
+        <v>813</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>346</v>
+        <v>648</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>696</v>
+        <v>858</v>
       </c>
       <c r="F273" t="s">
-        <v>697</v>
+        <v>834</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B274" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="F274" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B275" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="F275" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B276" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="F276" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B277" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="F277" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B278" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>750</v>
+        <v>715</v>
       </c>
       <c r="F278" t="s">
-        <v>725</v>
+        <v>701</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B279" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>867</v>
+        <v>860</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>868</v>
+        <v>754</v>
       </c>
       <c r="F279" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B280" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>754</v>
+        <v>872</v>
       </c>
       <c r="F280" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B281" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="F281" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B282" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>868</v>
+        <v>760</v>
       </c>
       <c r="F282" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B283" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C283" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="E283" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F283" t="s">
-        <v>714</v>
+        <v>729</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B284" t="s">
+        <v>879</v>
+      </c>
+      <c r="C284" s="1" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="F284" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B285" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F285" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B286" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>735</v>
+        <v>726</v>
       </c>
       <c r="F286" t="s">
-        <v>882</v>
+        <v>718</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B287" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F287" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B288" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>887</v>
+        <v>742</v>
       </c>
       <c r="F288" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B289" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>746</v>
+        <v>891</v>
       </c>
       <c r="F289" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B290" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="F290" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B291" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>724</v>
+        <v>752</v>
       </c>
       <c r="F291" t="s">
-        <v>725</v>
+        <v>886</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B292" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>877</v>
+        <v>897</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F292" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B293" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E293" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="F293" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B294" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>897</v>
+        <v>874</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="F294" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B295" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>874</v>
+        <v>901</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="F295" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B296" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>900</v>
+        <v>878</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>314</v>
+        <v>187</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>628</v>
+        <v>737</v>
       </c>
       <c r="F296" t="s">
-        <v>629</v>
+        <v>729</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B297" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>903</v>
+        <v>633</v>
       </c>
       <c r="F297" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B298" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>638</v>
+        <v>907</v>
       </c>
       <c r="F298" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B299" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>908</v>
+        <v>643</v>
       </c>
       <c r="F299" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B300" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>643</v>
+        <v>314</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="F300" t="s">
-        <v>515</v>
+        <v>634</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B301" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>646</v>
+        <v>914</v>
       </c>
       <c r="F301" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B302" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="F302" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B303" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="F303" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B304" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="F304" t="s">
-        <v>629</v>
+        <v>515</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B305" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="F305" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B306" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>907</v>
+        <v>922</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E306" s="1" t="s">
         <v>664</v>
       </c>
       <c r="F306" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B307" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>921</v>
+        <v>669</v>
       </c>
       <c r="F307" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B308" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>923</v>
+        <v>911</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>924</v>
+        <v>648</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>675</v>
+        <v>925</v>
       </c>
       <c r="F308" t="s">
-        <v>676</v>
+        <v>634</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B309" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="F309" t="s">
-        <v>499</v>
+        <v>680</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B310" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C310" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D310" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="D310" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E310" s="1" t="s">
-        <v>929</v>
+        <v>677</v>
       </c>
       <c r="F310" t="s">
-        <v>676</v>
+        <v>499</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B311" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>678</v>
+        <v>933</v>
       </c>
       <c r="F311" t="s">
-        <v>515</v>
+        <v>680</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B312" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>932</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>933</v>
+        <v>648</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>765</v>
+        <v>682</v>
       </c>
       <c r="F312" t="s">
-        <v>692</v>
+        <v>515</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B313" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="F313" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B314" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C314" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D314" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E314" s="1" t="s">
-        <v>694</v>
+        <v>763</v>
       </c>
       <c r="F314" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
         <v>120</v>
       </c>
       <c r="B315" t="s">
-        <v>112</v>
+        <v>940</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>516</v>
+        <v>941</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>518</v>
+        <v>937</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>938</v>
+        <v>698</v>
       </c>
       <c r="F315" t="s">
-        <v>40</v>
+        <v>696</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B316" t="s">
-        <v>939</v>
+        <v>112</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>940</v>
+        <v>516</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>933</v>
+        <v>518</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F316" t="s">
-        <v>692</v>
+        <v>40</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B317" t="s">
-        <v>112</v>
+        <v>943</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>943</v>
+        <v>937</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="F317" t="s">
-        <v>945</v>
+        <v>696</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B318" t="s">
+        <v>112</v>
+      </c>
+      <c r="C318" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="C318" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D318" s="1" t="s">
-        <v>591</v>
+        <v>947</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="F318" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B319" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>950</v>
+        <v>590</v>
       </c>
       <c r="D319" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="E319" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="E319" s="1" t="s">
+      <c r="F319" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B320" t="s">
+        <v>953</v>
+      </c>
+      <c r="C320" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="D320" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="D320" s="1" t="s">
+      <c r="E320" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="E320" s="1" t="s">
+      <c r="F320" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B321" t="s">
+        <v>958</v>
+      </c>
+      <c r="C321" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="C321" s="1" t="s">
+      <c r="D321" s="1" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>961</v>
       </c>
       <c r="F321" t="s">
-        <v>391</v>
+        <v>962</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
         <v>103</v>
       </c>
       <c r="B322" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>616</v>
+        <v>964</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>617</v>
+        <v>389</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="F322" t="s">
-        <v>964</v>
+        <v>391</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B323" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>966</v>
+        <v>621</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>394</v>
+        <v>622</v>
       </c>
       <c r="E323" s="1" t="s">
         <v>967</v>
       </c>
       <c r="F323" t="s">
-        <v>391</v>
+        <v>968</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B324" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="F324" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B325" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>973</v>
+        <v>398</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>974</v>
       </c>
       <c r="F325" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B326" t="s">
         <v>975</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>405</v>
+        <v>977</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
       <c r="F326" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B327" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="F327" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B328" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>982</v>
+        <v>407</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>983</v>
       </c>
       <c r="F328" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B329" t="s">
         <v>984</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>985</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="F329" t="s">
-        <v>987</v>
+        <v>413</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B330" t="s">
         <v>988</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>989</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>418</v>
+        <v>990</v>
       </c>
       <c r="F330" t="s">
-        <v>413</v>
+        <v>991</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B331" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>992</v>
+        <v>418</v>
       </c>
       <c r="F331" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B332" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>420</v>
+        <v>986</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="F332" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B333" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>998</v>
+        <v>420</v>
       </c>
       <c r="E333" s="1" t="s">
         <v>999</v>
       </c>
       <c r="F333" t="s">
-        <v>1000</v>
+        <v>422</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B334" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C334" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="C334" s="1" t="s">
+      <c r="D334" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="D334" s="1" t="s">
+      <c r="E334" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="E334" s="1" t="s">
+      <c r="F334" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B335" t="s">
         <v>1005</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>426</v>
+        <v>1008</v>
       </c>
       <c r="F335" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B336" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>1011</v>
+        <v>426</v>
       </c>
       <c r="F336" t="s">
-        <v>1012</v>
+        <v>427</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B337" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C337" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="C337" s="1" t="s">
+      <c r="D337" s="1" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="F337" t="s">
-        <v>422</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B338" t="s">
-        <v>988</v>
+        <v>1017</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1017</v>
+        <v>525</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>449</v>
+        <v>1019</v>
       </c>
       <c r="F338" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B339" t="s">
-        <v>1018</v>
+        <v>992</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>1020</v>
+        <v>449</v>
       </c>
       <c r="F339" t="s">
-        <v>1021</v>
+        <v>422</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B340" t="s">
         <v>1022</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="E340" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="F340" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B341" t="s">
-        <v>980</v>
+        <v>1026</v>
       </c>
       <c r="C341" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F341" t="s">
         <v>1025</v>
-      </c>
-[...7 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B342" t="s">
-        <v>1028</v>
+        <v>984</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>393</v>
+        <v>1029</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="F342" t="s">
-        <v>1031</v>
+        <v>422</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B343" t="s">
-        <v>984</v>
+        <v>1032</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1032</v>
+        <v>393</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>443</v>
+        <v>1034</v>
       </c>
       <c r="F343" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B344" t="s">
-        <v>1035</v>
+        <v>988</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>133</v>
+        <v>1036</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>124</v>
+        <v>1037</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>1036</v>
+        <v>443</v>
       </c>
       <c r="F344" t="s">
-        <v>527</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B345" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="F345" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B346" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1040</v>
+        <v>138</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1041</v>
+        <v>124</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="F346" t="s">
-        <v>1043</v>
+        <v>527</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B347" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C347" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="C347" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D347" s="1" t="s">
-        <v>943</v>
+        <v>1045</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="F347" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B348" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1048</v>
+        <v>946</v>
       </c>
       <c r="D348" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="E348" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="E348" s="1" t="s">
+      <c r="F348" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B349" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C349" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="D349" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E349" s="1" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="F349" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B350" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E350" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="F350" t="s">
         <v>1055</v>
-      </c>
-[...7 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B351" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="F351" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B352" t="s">
-        <v>538</v>
+        <v>1060</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>223</v>
+        <v>1061</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>224</v>
+        <v>1053</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="F352" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B353" t="s">
-        <v>463</v>
+        <v>538</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1060</v>
+        <v>223</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1061</v>
+        <v>224</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="F353" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B354" t="s">
         <v>463</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1061</v>
+        <v>1065</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>1066</v>
       </c>
       <c r="F354" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B355" t="s">
+        <v>463</v>
+      </c>
+      <c r="C355" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="D355" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="1" t="s">
+      <c r="F355" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B356" t="s">
-        <v>463</v>
+        <v>1068</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="F356" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B357" t="s">
         <v>463</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="F357" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B358" t="s">
-        <v>504</v>
+        <v>463</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="F358" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B359" t="s">
-        <v>463</v>
+        <v>504</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1080</v>
+        <v>1074</v>
       </c>
       <c r="E359" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="F359" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B360" t="s">
         <v>463</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1070</v>
+        <v>1084</v>
+      </c>
+      <c r="E360" s="1" t="s">
+        <v>1085</v>
       </c>
       <c r="F360" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B361" t="s">
-        <v>1082</v>
+        <v>463</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1070</v>
-[...2 lines deleted...]
-        <v>1084</v>
+        <v>1074</v>
       </c>
       <c r="F361" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B362" t="s">
-        <v>463</v>
+        <v>1086</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>376</v>
+        <v>1087</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>206</v>
+        <v>1074</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="F362" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B363" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>206</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="F363" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B364" t="s">
         <v>474</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>241</v>
+        <v>376</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1090</v>
+        <v>206</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="F364" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B365" t="s">
         <v>474</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="F365" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B366" t="s">
         <v>474</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="E366" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F366" t="s">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B367" t="s">
         <v>474</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="F367" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B368" t="s">
         <v>474</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="F368" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B369" t="s">
         <v>474</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="E369" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F369" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B370" t="s">
         <v>474</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="F370" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B371" t="s">
-        <v>1106</v>
+        <v>474</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1107</v>
+        <v>244</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="F371" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B372" t="s">
-        <v>474</v>
+        <v>1110</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>309</v>
+        <v>1112</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="F372" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B373" t="s">
         <v>474</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>353</v>
+        <v>1115</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1114</v>
+        <v>309</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="F373" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B374" t="s">
         <v>474</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1117</v>
+        <v>353</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>398</v>
+        <v>1118</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F374" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B375" t="s">
         <v>474</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1121</v>
+        <v>398</v>
       </c>
       <c r="E375" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="F375" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B376" t="s">
         <v>474</v>
       </c>
       <c r="C376" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F376" t="s">
         <v>1123</v>
-      </c>
-[...7 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B377" t="s">
         <v>474</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="E377" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="F377" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B378" t="s">
         <v>474</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="E378" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="F378" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B379" t="s">
+        <v>474</v>
+      </c>
+      <c r="C379" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="C379" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D379" s="1" t="s">
-        <v>124</v>
+        <v>1136</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F379" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B380" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="F380" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B381" t="s">
-        <v>474</v>
+        <v>1142</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1140</v>
+        <v>133</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E381" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F381" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B382" t="s">
         <v>474</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="F382" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B383" t="s">
         <v>474</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="F383" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B384" t="s">
-        <v>1146</v>
+        <v>474</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>138</v>
+        <v>1148</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>332</v>
+        <v>124</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="F384" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B385" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1149</v>
+        <v>138</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1150</v>
+        <v>332</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="F385" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B386" t="s">
-        <v>474</v>
+        <v>1150</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>398</v>
+        <v>1154</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="F386" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B387" t="s">
         <v>474</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F387" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B388" t="s">
         <v>474</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>407</v>
+        <v>394</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="F388" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B389" t="s">
         <v>474</v>
       </c>
       <c r="C389" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F389" t="s">
         <v>1159</v>
-      </c>
-[...7 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B390" t="s">
         <v>474</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="F390" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B391" t="s">
-        <v>1163</v>
+        <v>474</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1165</v>
+        <v>332</v>
       </c>
       <c r="E391" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="F391" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B392" t="s">
         <v>1167</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="F392" t="s">
-        <v>1137</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B393" t="s">
         <v>1171</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="F393" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B394" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F394" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B395" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="F395" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B396" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="F396" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B397" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="F397" t="s">
-        <v>1185</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B398" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="F398" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B399" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E399" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F399" t="s">
         <v>1189</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B400" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1191</v>
+        <v>1179</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="F400" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B401" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="F401" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B402" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1195</v>
+        <v>1185</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>332</v>
+        <v>1173</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>1147</v>
+        <v>1198</v>
       </c>
       <c r="F402" t="s">
-        <v>1196</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B403" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>1160</v>
+        <v>1151</v>
       </c>
       <c r="F403" t="s">
-        <v>1148</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B404" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="F404" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B405" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1199</v>
+        <v>332</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>1200</v>
+        <v>1166</v>
       </c>
       <c r="F405" t="s">
-        <v>1201</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B406" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="F406" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B407" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C407" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D407" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E407" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F407" t="s">
         <v>1205</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B408" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1016</v>
+        <v>1207</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>982</v>
+        <v>1208</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="F408" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B409" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1203</v>
+        <v>1020</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1209</v>
+        <v>986</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="F409" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B410" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1212</v>
+        <v>1207</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>525</v>
+        <v>1213</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="F410" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B411" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1203</v>
+        <v>1216</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1214</v>
+        <v>525</v>
       </c>
       <c r="E411" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F411" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B412" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1016</v>
+        <v>1207</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F412" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B413" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1203</v>
+        <v>1020</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1033</v>
+        <v>1221</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="F413" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B414" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1222</v>
+        <v>1207</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1223</v>
+        <v>1037</v>
       </c>
       <c r="E414" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="F414" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415">
         <v>11</v>
       </c>
       <c r="B415" t="s">
-        <v>263</v>
+        <v>1197</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="E415" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="F415" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416">
         <v>11</v>
       </c>
       <c r="B416" t="s">
         <v>263</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="F416" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417">
         <v>11</v>
       </c>
       <c r="B417" t="s">
         <v>263</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="F417" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418">
         <v>11</v>
       </c>
       <c r="B418" t="s">
         <v>263</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="F418" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B419" t="s">
-        <v>1193</v>
+        <v>263</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="E419" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="F419" t="s">
-        <v>1116</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B420" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="F420" t="s">
-        <v>1242</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B421" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>1129</v>
+        <v>1245</v>
       </c>
       <c r="F421" t="s">
-        <v>1130</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B422" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="E422" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="F422" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B423" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1223</v>
+        <v>1249</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>1246</v>
+        <v>1137</v>
       </c>
       <c r="F423" t="s">
-        <v>1247</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B424" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="F424" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B425" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1243</v>
+        <v>1252</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="F425" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B426" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1252</v>
+        <v>1227</v>
       </c>
       <c r="E426" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="F426" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B427" t="s">
-        <v>1255</v>
+        <v>1197</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1222</v>
+        <v>1247</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="E427" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="F427" t="s">
         <v>1258</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6">
+      <c r="A428">
+        <v>1</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1262</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">